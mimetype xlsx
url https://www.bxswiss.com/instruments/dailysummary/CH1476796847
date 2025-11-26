--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89b4c4c152c54f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03d394b399c4f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b3e65646dd24c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a0571e4a304404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb90be46dd7194146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b3e65646dd24c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390d16d01c5a49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a0571e4a304404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,975</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,865</x:t>
-[...21 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>1,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,775</x:t>
+          <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,795</x:t>
-[...274 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>