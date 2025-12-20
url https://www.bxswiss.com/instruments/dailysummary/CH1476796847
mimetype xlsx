--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03d394b399c4f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reacf0f84f478444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a0571e4a304404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5257c85cb1ea4027"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R390d16d01c5a49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a0571e4a304404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c05f11b11c84cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5257c85cb1ea4027" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>1,372</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>