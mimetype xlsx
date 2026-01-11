--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reacf0f84f478444d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5bd66a87f64584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5257c85cb1ea4027"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1aa44d7b3f44b1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c05f11b11c84cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5257c85cb1ea4027" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd472b3deecf14eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1aa44d7b3f44b1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,650</x:t>
-[...129 lines deleted...]
-          <x:t>1,646</x:t>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,828</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>1,834</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>