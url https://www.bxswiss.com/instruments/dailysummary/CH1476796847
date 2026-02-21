--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5bd66a87f64584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd77ba46e3394f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1aa44d7b3f44b1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf65cb8b03948d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd472b3deecf14eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1aa44d7b3f44b1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5f02d5346a403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf65cb8b03948d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>2,877</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>