--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db74ac98f1441aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81dc49be181c48c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a88ab8c2b043ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd2d8c6a46c4b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1814d56f7b6344ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a88ab8c2b043ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5542fd0a795d440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd2d8c6a46c4b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
-[...549 lines deleted...]
-          <x:t>2,465</x:t>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>