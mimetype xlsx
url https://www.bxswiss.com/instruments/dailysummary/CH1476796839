--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81dc49be181c48c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9ba27e1f71437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd2d8c6a46c4b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R999a7eff8a5d40ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5542fd0a795d440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd2d8c6a46c4b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5459c7ed01344e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R999a7eff8a5d40ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>1,600</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>