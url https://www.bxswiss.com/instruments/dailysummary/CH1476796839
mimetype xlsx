--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9ba27e1f71437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd601dd1444e34e0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R999a7eff8a5d40ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71cd039759864eb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5459c7ed01344e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R999a7eff8a5d40ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74893b162c7f4cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71cd039759864eb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>3,010</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>