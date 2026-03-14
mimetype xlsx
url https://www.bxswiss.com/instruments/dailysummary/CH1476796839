--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd601dd1444e34e0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d228aeb83042e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71cd039759864eb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e9136c9efd5450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74893b162c7f4cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71cd039759864eb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f59d2f48e874e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e9136c9efd5450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>2,201</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...451 lines deleted...]
-          <x:t>2,669</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>