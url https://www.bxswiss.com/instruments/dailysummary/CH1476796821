--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9173cbab204072" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ecdfd542c164027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a09732802e4d46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510d6c9efb41435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a7d3ceffb2541b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a09732802e4d46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a52eb8dac4462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510d6c9efb41435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,045</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>2,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>