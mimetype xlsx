--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ecdfd542c164027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a13b5a282f4b8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510d6c9efb41435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2df6ecbb64491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a52eb8dac4462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510d6c9efb41435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3b983d9e6344bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2df6ecbb64491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>1,834</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,812</x:t>
-[...11 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,010</x:t>
-[...43 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>2,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>