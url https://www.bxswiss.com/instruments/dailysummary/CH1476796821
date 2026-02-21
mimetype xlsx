--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a13b5a282f4b8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5fd22d5dde4f45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2df6ecbb64491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccd48e1b3b24c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3b983d9e6344bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2df6ecbb64491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a97b2ec4f324cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccd48e1b3b24c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,983</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,228</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>3,143</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>