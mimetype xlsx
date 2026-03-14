--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f5fd22d5dde4f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d0bd769a3448f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccd48e1b3b24c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ecdf6be7e7b403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a97b2ec4f324cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccd48e1b3b24c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee5b0b4b5f24294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ecdf6be7e7b403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,620</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,631</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...617 lines deleted...]
-          <x:t>2,929</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,801</x:t>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>