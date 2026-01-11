--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7d011d6df44e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26030bdf6f614281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red275c1cabaa4e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204bd3367bc34071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230e52bdb6344c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red275c1cabaa4e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61bade98e38444cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204bd3367bc34071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>2,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,975</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>2,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,155</x:t>
-[...220 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>2,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>2,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>