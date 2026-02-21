--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26030bdf6f614281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1985104a3d64608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204bd3367bc34071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd66fc8fef6e4638"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61bade98e38444cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204bd3367bc34071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9027c36d2e4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd66fc8fef6e4638" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,174</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,092</x:t>
-[...303 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>3,276</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>