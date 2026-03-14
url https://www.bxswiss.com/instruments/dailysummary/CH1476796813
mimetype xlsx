--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1985104a3d64608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6088c6a016d74112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd66fc8fef6e4638"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf28148a4b5ff4daa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9027c36d2e4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd66fc8fef6e4638" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f17190d876e4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf28148a4b5ff4daa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796813</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,191</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,377</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>2,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>09.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,683</x:t>
-[...252 lines deleted...]
-          <x:t>2,939</x:t>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>