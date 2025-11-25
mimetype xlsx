--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra731f2fcbfb241f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc16c610d4371480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f9a7f38ea9443f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7393fd217a4f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43aed0982c8c4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f9a7f38ea9443f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b2a613a98de4206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7393fd217a4f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,175</x:t>
-[...53 lines deleted...]
-          <x:t>1,825</x:t>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>2,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>2,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,145</x:t>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...274 lines deleted...]
-          <x:t>2,865</x:t>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>