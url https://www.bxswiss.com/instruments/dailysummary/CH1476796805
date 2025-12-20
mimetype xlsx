--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc16c610d4371480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a858acf0ae34b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7393fd217a4f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4ad4febdc344fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b2a613a98de4206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7393fd217a4f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe8c02e27c2f421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4ad4febdc344fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>1,998</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,224</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>1,538</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>