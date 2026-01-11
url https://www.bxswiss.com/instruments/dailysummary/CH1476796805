--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a858acf0ae34b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53449cba557a42e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4ad4febdc344fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24bfb92eef02436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe8c02e27c2f421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4ad4febdc344fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c2996923334e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24bfb92eef02436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>1,874</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>2,188</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,166</x:t>
-[...220 lines deleted...]
-          <x:t>2,264</x:t>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>