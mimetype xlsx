--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53449cba557a42e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31e3673563a46c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24bfb92eef02436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9ab2627e96545ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c2996923334e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24bfb92eef02436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36583187fbb84b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9ab2627e96545ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>3,376</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,257</x:t>
-[...26 lines deleted...]
-          <x:t>3,413</x:t>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>