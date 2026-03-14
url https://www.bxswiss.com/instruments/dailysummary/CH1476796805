--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31e3673563a46c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff369d02be94cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9ab2627e96545ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dbf8d974cd448b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36583187fbb84b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9ab2627e96545ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e608b77fbc43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dbf8d974cd448b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>2,879</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,775</x:t>
-[...48 lines deleted...]
-          <x:t>2,709</x:t>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,730</x:t>
-[...124 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,779</x:t>
-[...198 lines deleted...]
-          <x:t>3,075</x:t>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>