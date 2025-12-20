--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487c1a88eed94ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63df259c348248fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R700d8ecab3a64019"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf86a3a7f0b5c4316"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869f7093362e4059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R700d8ecab3a64019" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1af3ae870c4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf86a3a7f0b5c4316" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
-[...576 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>