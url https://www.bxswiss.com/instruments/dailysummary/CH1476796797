--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63df259c348248fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ab22454bbb4162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf86a3a7f0b5c4316"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1e7a97e098c4fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1af3ae870c4c8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf86a3a7f0b5c4316" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69c0c0625bd42e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1e7a97e098c4fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>