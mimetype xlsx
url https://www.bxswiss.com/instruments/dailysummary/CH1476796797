--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ab22454bbb4162" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288f14526fdb40a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1e7a97e098c4fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338b78714df4488c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re69c0c0625bd42e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1e7a97e098c4fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4925236d940e4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338b78714df4488c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,208</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>2,998</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,993</x:t>
-[...107 lines deleted...]
-          <x:t>3,553</x:t>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>