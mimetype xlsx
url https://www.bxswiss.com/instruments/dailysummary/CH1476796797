--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288f14526fdb40a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc5ed6caa0846df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338b78714df4488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b2638cc1244627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4925236d940e4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338b78714df4488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bbf6b7bce334642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b2638cc1244627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>3,080</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,909</x:t>
-[...119 lines deleted...]
-          <x:t>2,932</x:t>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,642</x:t>
-[...134 lines deleted...]
-          <x:t>2,837</x:t>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,191</x:t>
-[...36 lines deleted...]
-          <x:t>3,211</x:t>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>