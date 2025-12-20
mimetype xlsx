--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb759ef292294113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acad6977b924956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd7921981fb24fb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f06376788b49fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca7661f761d443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd7921981fb24fb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5186a898bb4b4cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f06376788b49fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,385</x:t>
-[...495 lines deleted...]
-          <x:t>3,085</x:t>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>