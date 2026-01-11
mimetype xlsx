--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acad6977b924956" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8dbd9650a24bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f06376788b49fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf9213c103a43bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5186a898bb4b4cd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f06376788b49fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d08d9adf894b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf9213c103a43bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>2,226</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,364</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>2,426</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,185</x:t>
-[...58 lines deleted...]
-          <x:t>2,499</x:t>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>