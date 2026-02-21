--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8dbd9650a24bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f1acd19f04470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf9213c103a43bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5d0556f8ae41d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d08d9adf894b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf9213c103a43bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47ca61e9105542f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5d0556f8ae41d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,710</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,493</x:t>
-[...286 lines deleted...]
-          <x:t>3,165</x:t>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,088</x:t>
-[...85 lines deleted...]
-          <x:t>3,694</x:t>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>