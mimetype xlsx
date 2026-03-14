--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f1acd19f04470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb99f8389b4f544a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5d0556f8ae41d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abbd760960947aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47ca61e9105542f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5d0556f8ae41d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033ec85be1534410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abbd760960947aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,127</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,788</x:t>
-[...259 lines deleted...]
-          <x:t>3,066</x:t>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,770</x:t>
-[...178 lines deleted...]
-          <x:t>3,059</x:t>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,877</x:t>
-[...166 lines deleted...]
-          <x:t>3,355</x:t>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>