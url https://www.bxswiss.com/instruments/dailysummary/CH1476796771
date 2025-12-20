--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc6ebbed942431b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7660175ac5754b84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce19ec1ae6944ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c033713f8f40be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a38813bc2e74dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce19ec1ae6944ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bf44f7a7894f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c033713f8f40be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>2,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,705</x:t>
-[...296 lines deleted...]
-          <x:t>3,145</x:t>
+          <x:t>2,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>