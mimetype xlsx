--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7660175ac5754b84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce88429f9bd1421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c033713f8f40be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a591f34e5344e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bf44f7a7894f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c033713f8f40be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299dc3e531214657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a591f34e5344e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>2,182</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,246</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>2,796</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,569</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>2,544</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,297</x:t>
-[...58 lines deleted...]
-          <x:t>2,620</x:t>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>