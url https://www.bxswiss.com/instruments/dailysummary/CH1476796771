--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce88429f9bd1421c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08cfe9ed89254002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a591f34e5344e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1d52272be2403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299dc3e531214657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a591f34e5344e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67367990e26f466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1d52272be2403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,838</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>