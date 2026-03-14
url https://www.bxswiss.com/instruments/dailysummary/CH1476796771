--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08cfe9ed89254002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311d746f94db430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e1d52272be2403e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8df63fa82aa4abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67367990e26f466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e1d52272be2403e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb0ed1f95964724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8df63fa82aa4abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>3,100</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,169</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>3,219</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,207</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>3,191</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>11.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,185</x:t>
-[...21 lines deleted...]
-          <x:t>3,193</x:t>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,533</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>3,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>