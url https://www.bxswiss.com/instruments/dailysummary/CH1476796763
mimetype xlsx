--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e4f5854ce5c480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d85ce8a79941c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdd0015077024f09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5468f13c6b84244"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c776dac195e4448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdd0015077024f09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re24fced1113140d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5468f13c6b84244" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,725</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,595</x:t>
-[...11 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,665</x:t>
-[...75 lines deleted...]
-          <x:t>2,625</x:t>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,495</x:t>
-[...291 lines deleted...]
-          <x:t>3,585</x:t>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,475</x:t>
-[...161 lines deleted...]
-          <x:t>3,325</x:t>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>