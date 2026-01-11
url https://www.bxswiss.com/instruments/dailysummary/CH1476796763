--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d85ce8a79941c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb227912092864443" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5468f13c6b84244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda90466a8184cf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re24fced1113140d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5468f13c6b84244" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47a131acd924636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda90466a8184cf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>3,065</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,865</x:t>
-[...490 lines deleted...]
-          <x:t>2,088</x:t>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>