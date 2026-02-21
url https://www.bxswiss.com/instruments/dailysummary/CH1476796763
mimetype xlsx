--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb227912092864443" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305d2b8ce4174c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda90466a8184cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1421e277f1e24f1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47a131acd924636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda90466a8184cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32519cba7d44a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1421e277f1e24f1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,961</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,735</x:t>
-[...382 lines deleted...]
-          <x:t>3,983</x:t>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>