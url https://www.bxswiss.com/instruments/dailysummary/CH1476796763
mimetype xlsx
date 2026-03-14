--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305d2b8ce4174c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c781b6485a41dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1421e277f1e24f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1d7312ae224ce6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32519cba7d44a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1421e277f1e24f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc10a01647d24e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1d7312ae224ce6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>3,040</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...494 lines deleted...]
-          <x:t>3,369</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,071</x:t>
-[...107 lines deleted...]
-          <x:t>3,307</x:t>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>