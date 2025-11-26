--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8215ba674934263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R921cb4a61ea14469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4928bf8160724f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d1bc94c2554c61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R824454abf9eb4558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4928bf8160724f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63ede392f2a4ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d1bc94c2554c61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,845</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,705</x:t>
-[...80 lines deleted...]
-          <x:t>2,495</x:t>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,605</x:t>
-[...178 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,695</x:t>
-[...301 lines deleted...]
-          <x:t>3,385</x:t>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>