--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R921cb4a61ea14469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc673fd2d0844b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d1bc94c2554c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9202365adf248c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63ede392f2a4ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d1bc94c2554c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b27a9c74dd4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9202365adf248c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>