--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc673fd2d0844b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662cf85b7bc743eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9202365adf248c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0191895f7ad84bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b27a9c74dd4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9202365adf248c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff593fbe520e4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0191895f7ad84bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>2,420</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,544</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>2,871</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>