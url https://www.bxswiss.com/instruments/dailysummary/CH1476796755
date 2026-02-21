--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662cf85b7bc743eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a7a404720684fc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0191895f7ad84bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6072dc9e4447f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff593fbe520e4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0191895f7ad84bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R899a860aa1c94896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6072dc9e4447f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>3,076</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,961</x:t>
-[...404 lines deleted...]
-          <x:t>4,130</x:t>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>