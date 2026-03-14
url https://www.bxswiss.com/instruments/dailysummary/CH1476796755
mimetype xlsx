--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a7a404720684fc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf30add252c460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6072dc9e4447f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622b65e18e5242f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R899a860aa1c94896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6072dc9e4447f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c455f414cb44fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622b65e18e5242f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>3,563</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,371</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>3,637</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,455</x:t>
-[...249 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,587</x:t>
-[...178 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,761</x:t>
-[...36 lines deleted...]
-          <x:t>3,789</x:t>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>