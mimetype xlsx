--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40fef055a65473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638f071f70224f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16c9e3eb8a5469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ac31cf62014851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b1186fa7ba4169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16c9e3eb8a5469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a84ed4f639c404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ac31cf62014851" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,825</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>2,715</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>3,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>