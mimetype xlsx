--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638f071f70224f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c7b25afa0746f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ac31cf62014851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12569440ff247c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a84ed4f639c404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ac31cf62014851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cccf010404346a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12569440ff247c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>2,540</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,954</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>3,020</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,001</x:t>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>