--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c7b25afa0746f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd79a2c6b719943ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12569440ff247c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483e1d4829d74545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cccf010404346a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12569440ff247c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6fe94cff754e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483e1d4829d74545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,002</x:t>
-[...129 lines deleted...]
-          <x:t>3,846</x:t>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,846</x:t>
-[...58 lines deleted...]
-          <x:t>4,279</x:t>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>