--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd79a2c6b719943ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5c3b0d4e504ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483e1d4829d74545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8286cc3985574526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6fe94cff754e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483e1d4829d74545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cef9264e1bb43c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8286cc3985574526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,746</x:t>
-[...21 lines deleted...]
-          <x:t>3,745</x:t>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,513</x:t>
-[...490 lines deleted...]
-          <x:t>3,937</x:t>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>