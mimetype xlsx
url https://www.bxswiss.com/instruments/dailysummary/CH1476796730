--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f1597d6f0e4105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ec64fa4f19404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R469647b9a0f94987"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd90c7975c2c4578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc759d16363f4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R469647b9a0f94987" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f85022584445e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd90c7975c2c4578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,075</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,935</x:t>
-[...11 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,015</x:t>
-[...75 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,835</x:t>
-[...178 lines deleted...]
-          <x:t>2,965</x:t>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,925</x:t>
-[...274 lines deleted...]
-          <x:t>3,695</x:t>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>