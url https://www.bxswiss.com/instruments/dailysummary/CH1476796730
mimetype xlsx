--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ec64fa4f19404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10504a6475b9401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd90c7975c2c4578"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aa35d3910db4a77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f85022584445e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd90c7975c2c4578" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e64041456dd4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aa35d3910db4a77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>2,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>