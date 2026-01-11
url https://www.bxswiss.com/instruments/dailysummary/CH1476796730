--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10504a6475b9401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393e27efbf4b472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aa35d3910db4a77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9051e3f13346d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e64041456dd4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aa35d3910db4a77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ecc6fa3a544c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9051e3f13346d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>2,632</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,494</x:t>
-[...43 lines deleted...]
-          <x:t>2,834</x:t>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,806</x:t>
-[...274 lines deleted...]
-          <x:t>3,133</x:t>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>