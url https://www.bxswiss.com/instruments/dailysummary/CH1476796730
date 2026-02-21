--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393e27efbf4b472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea7f52ae602640be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9051e3f13346d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3378e368d754dd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ecc6fa3a544c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9051e3f13346d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e47e855c3884ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3378e368d754dd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>4,429</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>