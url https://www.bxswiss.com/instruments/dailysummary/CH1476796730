--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea7f52ae602640be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d9914e3dc74002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3378e368d754dd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bcfa8bed81c4249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e47e855c3884ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3378e368d754dd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df9fbe3b1fd4ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bcfa8bed81c4249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,844</x:t>
-[...26 lines deleted...]
-          <x:t>3,848</x:t>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,651</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>3,789</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,777</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>3,759</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,667</x:t>
-[...220 lines deleted...]
-          <x:t>4,083</x:t>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>