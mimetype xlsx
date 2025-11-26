--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re573ca47f3f44d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc7de9ef6814872" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f05e284f46430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd63074e47841a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa0367be87647e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f05e284f46430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12de5ddf1e6f49af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd63074e47841a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,135</x:t>
-[...549 lines deleted...]
-          <x:t>3,825</x:t>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>