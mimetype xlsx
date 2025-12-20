--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc7de9ef6814872" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c685dea54f04255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd63074e47841a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d2e0390cfe4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12de5ddf1e6f49af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd63074e47841a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85970d8e26e54a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d2e0390cfe4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>