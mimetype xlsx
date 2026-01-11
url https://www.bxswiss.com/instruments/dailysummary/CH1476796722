--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c685dea54f04255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb5ee0aaa504096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d2e0390cfe4cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f5b8292e6c64e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85970d8e26e54a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d2e0390cfe4cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8064c6088aa94ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f5b8292e6c64e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>