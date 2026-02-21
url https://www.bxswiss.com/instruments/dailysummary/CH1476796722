--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb5ee0aaa504096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Readcfdd4c01643e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f5b8292e6c64e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb903e510c5fd44e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8064c6088aa94ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f5b8292e6c64e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2150832e73844cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb903e510c5fd44e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>3,424</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,203</x:t>
-[...232 lines deleted...]
-          <x:t>3,651</x:t>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,621</x:t>
-[...112 lines deleted...]
-          <x:t>4,581</x:t>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>