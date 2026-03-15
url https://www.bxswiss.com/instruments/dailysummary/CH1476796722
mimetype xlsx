--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Readcfdd4c01643e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864791ea0d74445c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb903e510c5fd44e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283d1e7c4a77440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2150832e73844cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb903e510c5fd44e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30ead301e8b40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283d1e7c4a77440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,951</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,762</x:t>
-[...129 lines deleted...]
-          <x:t>3,797</x:t>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,881</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>3,118</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,118</x:t>
-[...382 lines deleted...]
-          <x:t>4,237</x:t>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>