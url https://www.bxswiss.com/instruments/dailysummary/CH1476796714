--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0078f6cecb31482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2aa44f5f2f4e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3dea628a6c4cc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10370437793e4cd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f9a0d925a0454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3dea628a6c4cc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf3366d67df4a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10370437793e4cd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,315</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,175</x:t>
-[...11 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,265</x:t>
-[...264 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,165</x:t>
-[...301 lines deleted...]
-          <x:t>3,895</x:t>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>