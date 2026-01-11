--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2aa44f5f2f4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f31b874b774b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10370437793e4cd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd941975e5f5743bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf3366d67df4a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10370437793e4cd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e99ee67948e4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd941975e5f5743bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>3,485</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,395</x:t>
-[...276 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>3,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,280</x:t>
-[...171 lines deleted...]
-          <x:t>2,636</x:t>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>