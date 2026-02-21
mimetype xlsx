--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f31b874b774b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545c7d323f554473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd941975e5f5743bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82823e73276442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e99ee67948e4d9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd941975e5f5743bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a24771e72047b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82823e73276442a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>3,796</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,764</x:t>
-[...112 lines deleted...]
-          <x:t>4,734</x:t>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>