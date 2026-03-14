--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R545c7d323f554473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf1a677c01eb4cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82823e73276442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a180d9732f4126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a24771e72047b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82823e73276442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe1805e894ab4f1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a180d9732f4126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>3,940</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,023</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>3,911</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,123</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>3,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,069</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>4,387</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>