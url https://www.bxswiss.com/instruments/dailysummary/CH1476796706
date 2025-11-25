--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd14ae445e8541c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e84e49835140a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6acf17784794315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68b1e6fc7d5446a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dcc446c6865417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6acf17784794315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252fd55e8d55491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68b1e6fc7d5446a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,445</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,295</x:t>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>3,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,265</x:t>
-[...65 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,445</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>