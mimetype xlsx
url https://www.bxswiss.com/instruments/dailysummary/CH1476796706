--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e84e49835140a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37527970151f4814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68b1e6fc7d5446a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8475f6440f004179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252fd55e8d55491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68b1e6fc7d5446a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1b4922e47f421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8475f6440f004179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,408</x:t>
-[...144 lines deleted...]
-          <x:t>2,524</x:t>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>