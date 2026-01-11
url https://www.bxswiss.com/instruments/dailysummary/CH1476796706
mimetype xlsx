--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37527970151f4814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e1f4f74eac4663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8475f6440f004179"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R627d0fb05c4d49d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1b4922e47f421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8475f6440f004179" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441ff7ea17b94406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R627d0fb05c4d49d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>3,388</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,544</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>3,543</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>