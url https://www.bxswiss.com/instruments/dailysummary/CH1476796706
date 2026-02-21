--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e1f4f74eac4663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf734d71a4a1d4afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R627d0fb05c4d49d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a58857f5774393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R441ff7ea17b94406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R627d0fb05c4d49d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f162a7e60314e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a58857f5774393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,538</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,428</x:t>
-[...340 lines deleted...]
-          <x:t>4,430</x:t>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,219</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>4,846</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,541</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>4,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>