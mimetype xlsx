--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf734d71a4a1d4afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093e5a709f094d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a58857f5774393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997feeea65624221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f162a7e60314e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a58857f5774393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa31a896432a42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997feeea65624221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>4,132</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,086</x:t>
-[...11 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,171</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>4,327</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,177</x:t>
-[...215 lines deleted...]
-          <x:t>4,541</x:t>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>