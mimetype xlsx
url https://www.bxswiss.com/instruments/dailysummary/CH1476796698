--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fdce9154b434c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378ebd64dc054e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41e5e7857492451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb633f37201e94a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cec7e31e6d14f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41e5e7857492451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1393ed3c6ee54df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb633f37201e94a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,575</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,425</x:t>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>3,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,285</x:t>
-[...173 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,585</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>