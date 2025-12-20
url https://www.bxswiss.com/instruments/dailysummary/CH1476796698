--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378ebd64dc054e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4737018ba0e04f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb633f37201e94a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5dd579f9d56417b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1393ed3c6ee54df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb633f37201e94a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4644a36ca134a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5dd579f9d56417b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>3,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,645</x:t>
-[...232 lines deleted...]
-          <x:t>3,655</x:t>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,196</x:t>
-[...166 lines deleted...]
-          <x:t>2,638</x:t>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>