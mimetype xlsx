--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4737018ba0e04f99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4565fd2d9a264974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5dd579f9d56417b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64418eef6de7473b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4644a36ca134a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5dd579f9d56417b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd16d5d21954490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64418eef6de7473b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>