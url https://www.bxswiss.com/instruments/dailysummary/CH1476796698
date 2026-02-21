--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4565fd2d9a264974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75edd9bf37374e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64418eef6de7473b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0507509633a849b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd16d5d21954490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64418eef6de7473b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf507ef286b0d473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0507509633a849b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>3,254</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,235</x:t>
-[...274 lines deleted...]
-          <x:t>5,045</x:t>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>