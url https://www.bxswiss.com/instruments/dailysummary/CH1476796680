--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20f8e3f636b4c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a913fbab4d5424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4116b691bf4e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97ac68a9629142b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0870f2cdfab48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4116b691bf4e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3435cdfed44d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97ac68a9629142b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,805</x:t>
-[...576 lines deleted...]
-          <x:t>4,355</x:t>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>