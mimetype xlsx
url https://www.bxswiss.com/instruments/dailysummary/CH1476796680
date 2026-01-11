--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a913fbab4d5424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87340625f39e48e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97ac68a9629142b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b8de74421df4963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3435cdfed44d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97ac68a9629142b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72716c9045e43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b8de74421df4963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>3,484</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,456</x:t>
-[...65 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,778</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>3,827</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>