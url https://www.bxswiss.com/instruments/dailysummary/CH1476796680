--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87340625f39e48e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f6a8a8d27af4bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b8de74421df4963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1745af780dbc4854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72716c9045e43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b8de74421df4963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a4d1decffc40b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1745af780dbc4854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>5,202</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>