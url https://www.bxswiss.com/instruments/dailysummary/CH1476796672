--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84edd783309d4c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd4e315c0644ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e766591cb140c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701c6d4eccfe430d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4df318a8a5463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e766591cb140c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ba740be3444dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701c6d4eccfe430d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,935</x:t>
-[...291 lines deleted...]
-          <x:t>3,715</x:t>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,665</x:t>
-[...274 lines deleted...]
-          <x:t>4,495</x:t>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>