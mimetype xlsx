--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd4e315c0644ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82afaa6431174f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701c6d4eccfe430d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67fd340cec20469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ba740be3444dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701c6d4eccfe430d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R134553a2662546ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67fd340cec20469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>3,965</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,766</x:t>
-[...188 lines deleted...]
-          <x:t>3,124</x:t>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>