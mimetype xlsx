--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82afaa6431174f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7bf9ed77284dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67fd340cec20469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ecb0182d88483b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R134553a2662546ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67fd340cec20469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f1a0538d694f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ecb0182d88483b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>3,694</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,794</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>3,974</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>