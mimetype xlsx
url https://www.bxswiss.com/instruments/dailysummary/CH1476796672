--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7bf9ed77284dda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e260cf20a08415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ecb0182d88483b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c7ad8db2114cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f1a0538d694f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ecb0182d88483b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a21b393b394ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c7ad8db2114cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>3,787</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>5,361</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>