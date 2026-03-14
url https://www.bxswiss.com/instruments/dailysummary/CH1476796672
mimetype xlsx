--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e260cf20a08415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d002852b72464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c7ad8db2114cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f79e4b9000d4e9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a21b393b394ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c7ad8db2114cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d72617787174a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f79e4b9000d4e9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>4,754</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,537</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>3,892</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>10.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>4,281</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>5,013</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>