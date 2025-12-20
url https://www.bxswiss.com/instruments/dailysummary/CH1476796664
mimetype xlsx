--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d91bdc4d7e542c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac63162c5a44f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4c97680dbe4080"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree1b1b28e4ff4cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R561f63c8502041ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4c97680dbe4080" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42e867fadeba40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree1b1b28e4ff4cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>3,895</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>4,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>