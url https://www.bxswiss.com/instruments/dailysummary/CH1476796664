--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac63162c5a44f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e8dec024854e7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree1b1b28e4ff4cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb158994a3aac4b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42e867fadeba40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree1b1b28e4ff4cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a49cab5f2304542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb158994a3aac4b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>3,760</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,730</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>4,164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,808</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>