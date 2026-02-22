--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e8dec024854e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e94e794d3d4fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb158994a3aac4b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e03d0a690dd4b5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a49cab5f2304542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb158994a3aac4b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb058de385e57499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e03d0a690dd4b5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>5,045</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,935</x:t>
-[...80 lines deleted...]
-          <x:t>5,520</x:t>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>