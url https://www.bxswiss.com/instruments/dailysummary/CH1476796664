--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e94e794d3d4fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51872cbce7a4d87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e03d0a690dd4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77229d25ce8414a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb058de385e57499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e03d0a690dd4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f25c1352fd4462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77229d25ce8414a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,943</x:t>
-[...97 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,875</x:t>
-[...117 lines deleted...]
-          <x:t>5,171</x:t>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>