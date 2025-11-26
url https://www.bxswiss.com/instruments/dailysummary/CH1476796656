--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa25cdea1af4f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7a4f85abef4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5974f12fb3b7451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243519c0403c4c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c1ab2f4ff24546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5974f12fb3b7451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a42ada0da84f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243519c0403c4c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,205</x:t>
-[...404 lines deleted...]
-          <x:t>5,105</x:t>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,965</x:t>
-[...161 lines deleted...]
-          <x:t>4,775</x:t>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>