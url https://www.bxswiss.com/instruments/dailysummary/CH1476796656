--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7a4f85abef4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cdbecc72efc492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243519c0403c4c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7d3f14defd24c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a42ada0da84f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243519c0403c4c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7650ba84fb17488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7d3f14defd24c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>4,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>3,378</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>