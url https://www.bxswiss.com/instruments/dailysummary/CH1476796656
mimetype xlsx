--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cdbecc72efc492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c3d8ff7100e4fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7d3f14defd24c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1244835380b4b5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7650ba84fb17488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7d3f14defd24c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e2cb48975bf410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1244835380b4b5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>