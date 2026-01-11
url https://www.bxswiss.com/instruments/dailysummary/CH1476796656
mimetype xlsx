--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c3d8ff7100e4fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c11e36bd054f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1244835380b4b5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7409fdd0e7e44ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e2cb48975bf410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1244835380b4b5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6be2db8e6542b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7409fdd0e7e44ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>3,900</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,868</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>3,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>