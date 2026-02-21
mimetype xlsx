--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c11e36bd054f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8336ffe215cd43af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7409fdd0e7e44ac4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f20be9b9d08427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6be2db8e6542b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7409fdd0e7e44ac4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb8b92121c542a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f20be9b9d08427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,466</x:t>
-[...63 lines deleted...]
-          <x:t>5,681</x:t>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>