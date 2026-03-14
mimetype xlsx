--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8336ffe215cd43af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf0e7cf7b214698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f20be9b9d08427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b204f336a54f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb8b92121c542a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f20be9b9d08427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29059aaba80a4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b204f336a54f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,743</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>4,182</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,607</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>10.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,395</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>