--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8eab582f514a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b842d95d5d464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6759b24d424954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88481eef8ef34955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcdab387b244188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6759b24d424954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6197e5765e491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88481eef8ef34955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>3,845</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>4,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>4,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>