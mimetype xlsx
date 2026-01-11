--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4b842d95d5d464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c353615c4d448ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88481eef8ef34955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R081f325f7f1248fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6197e5765e491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88481eef8ef34955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3473a857211544dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R081f325f7f1248fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>4,170</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,116</x:t>
-[...151 lines deleted...]
-          <x:t>4,237</x:t>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,368</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>4,283</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,221</x:t>
-[...4 lines deleted...]
-          <x:t>4,415</x:t>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>