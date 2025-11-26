--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea742dd78ad4615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R401bdf9ded9a47c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6365932e8c462f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b2348f01f114182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b63d90b3fae48ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6365932e8c462f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be829acc0194dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b2348f01f114182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,375</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>4,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,185</x:t>
-[...16 lines deleted...]
-          <x:t>4,255</x:t>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,205</x:t>
-[...301 lines deleted...]
-          <x:t>4,995</x:t>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>