--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R401bdf9ded9a47c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0766b05f3f4fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b2348f01f114182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9d2c2ab2f7f4568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be829acc0194dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b2348f01f114182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1370cc62a924491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9d2c2ab2f7f4568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>4,115</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.11.2025</x:t>
-[...370 lines deleted...]
-          <x:t>3,644</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>