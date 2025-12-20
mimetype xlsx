--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcebb718069a74a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72070f35d554e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4730d1a0793b4dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bca6cf8816049e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7393a3d397446f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4730d1a0793b4dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3468325567f4b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bca6cf8816049e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>4,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>5,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>