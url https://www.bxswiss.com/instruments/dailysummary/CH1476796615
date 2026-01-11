--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72070f35d554e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra644ba6202554882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bca6cf8816049e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2682e8a3924304"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3468325567f4b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bca6cf8816049e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbe761a354c94274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2682e8a3924304" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>4,854</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,842</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>