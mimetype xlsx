--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5324dfda236647e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb31bd64d02f4161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3788627fd8ea4ba1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18f75713b36a4f33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe60962202b4d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3788627fd8ea4ba1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d83945d0d87468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18f75713b36a4f33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...441 lines deleted...]
-          <x:t>1,695</x:t>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>