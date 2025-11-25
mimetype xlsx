--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80bbe1574da24039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9b5c35bf554861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0abd1941984f41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03657d608f494fc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd81b7546b84f4b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0abd1941984f41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c375c11f884d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03657d608f494fc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...178 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>0,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>