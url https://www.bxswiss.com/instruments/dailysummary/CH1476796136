--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9b5c35bf554861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92bd3518efa748e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03657d608f494fc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5cfb66ef2c4951"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c375c11f884d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03657d608f494fc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fff014137144f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5cfb66ef2c4951" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...4 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>27.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>0,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...21 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>