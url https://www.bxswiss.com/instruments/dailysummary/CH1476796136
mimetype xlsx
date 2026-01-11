--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92bd3518efa748e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8079eb5cd857437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5cfb66ef2c4951"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re608ad30e9d8477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fff014137144f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5cfb66ef2c4951" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9418c7927f3456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re608ad30e9d8477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,515</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...11 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...102 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...360 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>