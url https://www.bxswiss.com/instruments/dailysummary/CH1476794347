--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c9014ea7ad4d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2697ff9d834e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddb41ca706f24bb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90286eacbfe74d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9684c3db42b94ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddb41ca706f24bb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e495f54f5e043db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90286eacbfe74d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476794347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>1,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>