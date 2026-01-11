--- v1 (2025-11-04)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2697ff9d834e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d383fbf5f584ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90286eacbfe74d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceabbdc292a94260"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e495f54f5e043db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90286eacbfe74d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2060282dcde4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceabbdc292a94260" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476794347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>