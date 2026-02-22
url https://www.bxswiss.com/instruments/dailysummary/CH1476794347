--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d383fbf5f584ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f769f754ab449c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceabbdc292a94260"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48d1b5b0a12048f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2060282dcde4d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceabbdc292a94260" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc48f40396244c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48d1b5b0a12048f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476794347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>0,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...85 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>