--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f769f754ab449c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9edac036108431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48d1b5b0a12048f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff8874af1fc4584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffc48f40396244c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48d1b5b0a12048f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396e039acee04e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff8874af1fc4584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476794347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...80 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,224</x:t>
-[...65 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>0,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>