--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1dbd8a817a841e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd453c33cab4539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfb17763b344288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93065837f694447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b8ded9a5214a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfb17763b344288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccbd5cf9fb7c4b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93065837f694447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476790931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,685</x:t>
-[...414 lines deleted...]
-          <x:t>3,435</x:t>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>