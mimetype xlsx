--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40f5adc43b14f64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad8f96c88c294b07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694628320e2040af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cec35a21ae8496e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98500f25ad354bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694628320e2040af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6669ead26a6e4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cec35a21ae8496e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476790915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>3,865</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,785</x:t>
-[...210 lines deleted...]
-          <x:t>3,665</x:t>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>3,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>