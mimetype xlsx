--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R440ff196e8944947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99131d77de5d49b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd1bde37e9b417f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3579bac8819d4ce9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e712b56916494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd1bde37e9b417f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6451dae1d9cf4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3579bac8819d4ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,635</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>