--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99131d77de5d49b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92c66cc725142aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3579bac8819d4ce9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67f98e902064675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6451dae1d9cf4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3579bac8819d4ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51c1ce6748b40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67f98e902064675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>1,218</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,284</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,301</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>