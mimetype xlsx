--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92c66cc725142aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6540558dc14d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67f98e902064675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9757dda09d664e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51c1ce6748b40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67f98e902064675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ee3896db2c41b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9757dda09d664e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>1,073</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,077</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>0,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...53 lines deleted...]
-          <x:t>0,663</x:t>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>