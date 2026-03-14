--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6540558dc14d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1387a24af15041e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9757dda09d664e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d92478699804e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ee3896db2c41b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9757dda09d664e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f75b3582ec746a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d92478699804e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,737</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...38 lines deleted...]
-          <x:t>0,669</x:t>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,723</x:t>
-[...97 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,491</x:t>
-[...225 lines deleted...]
-          <x:t>0,553</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>