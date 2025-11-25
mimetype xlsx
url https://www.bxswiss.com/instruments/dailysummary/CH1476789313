--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0815c971e56419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3beac93c50fe47ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0917e3333724875"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf9d52332d84907"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6203d4b4cc4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0917e3333724875" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec74c555a317405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf9d52332d84907" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,845</x:t>
-[...16 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>1,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>2,055</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>