--- v1 (2025-11-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3beac93c50fe47ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13437da10c0e4215" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf9d52332d84907"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42dd56ad90d14d26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec74c555a317405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf9d52332d84907" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4230e7a579b0446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42dd56ad90d14d26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,648</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>