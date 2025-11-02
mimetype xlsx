--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ee3c5bc7744941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614ffba76f5c4320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a030334bbd74326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f345d373e3c4d37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c1e20f714c42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a030334bbd74326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d6fe6b5d94483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f345d373e3c4d37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,845</x:t>
-[...21 lines deleted...]
-          <x:t>1,805</x:t>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...242 lines deleted...]
-          <x:t>1,455</x:t>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>