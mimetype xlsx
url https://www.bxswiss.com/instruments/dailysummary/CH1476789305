--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R614ffba76f5c4320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd335b1cca1834ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f345d373e3c4d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e49e820edcc4c07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d6fe6b5d94483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f345d373e3c4d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fbd0d39f6b5488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e49e820edcc4c07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,265</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>