--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd335b1cca1834ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025605da37a341f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e49e820edcc4c07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf645805cecaa4407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fbd0d39f6b5488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e49e820edcc4c07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a265851257c40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf645805cecaa4407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>0,934</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,958</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>10.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,958</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>