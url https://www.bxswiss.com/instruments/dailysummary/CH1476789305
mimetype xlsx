--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025605da37a341f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25933367651342a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf645805cecaa4407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83a1b52fa9f46a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a265851257c40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf645805cecaa4407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9203ddbf83284e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83a1b52fa9f46a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,567</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...144 lines deleted...]
-          <x:t>0,441</x:t>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>