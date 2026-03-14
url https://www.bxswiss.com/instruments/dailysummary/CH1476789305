--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25933367651342a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4b5d4f7c02e4035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc83a1b52fa9f46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3799628ce5614868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9203ddbf83284e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc83a1b52fa9f46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2deccdedc242d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3799628ce5614868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...26 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>0,353</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,299</x:t>
-[...188 lines deleted...]
-          <x:t>0,317</x:t>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>