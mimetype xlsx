--- v0 (2025-10-12)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c6f7a4d89743db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1b683981924ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49974b41a7ef4a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc83f3996d44baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae46df69ae74020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49974b41a7ef4a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896f17b044d045be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc83f3996d44baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,535</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>1,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...161 lines deleted...]
-          <x:t>1,555</x:t>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>