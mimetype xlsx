--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1b683981924ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ee07c17ca84463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc83f3996d44baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79a8ecb5b6f4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896f17b044d045be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc83f3996d44baa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc04e686600a44df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79a8ecb5b6f4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...581 lines deleted...]
-          <x:t>1,411</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,508</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>