--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1ee07c17ca84463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5d01428de94089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79a8ecb5b6f4cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6720852e7b4727"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc04e686600a44df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79a8ecb5b6f4cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151d098bb67a492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6720852e7b4727" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,836</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,766</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>