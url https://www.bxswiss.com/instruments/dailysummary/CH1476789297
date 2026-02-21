--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5d01428de94089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R950edd560c7b46cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6720852e7b4727"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f3d7f052c2644b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151d098bb67a492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6720852e7b4727" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R359af5ce85b54bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f3d7f052c2644b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,743</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,633</x:t>
-[...6 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,579</x:t>
-[...4 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,417</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...85 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>