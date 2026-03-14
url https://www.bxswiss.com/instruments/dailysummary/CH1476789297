--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R950edd560c7b46cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee5790703a14653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f3d7f052c2644b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R398c0439a9724259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R359af5ce85b54bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f3d7f052c2644b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb217881b8dd4f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R398c0439a9724259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,427</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,323</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,253</x:t>
-[...75 lines deleted...]
-          <x:t>0,437</x:t>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,293</x:t>
-[...107 lines deleted...]
-          <x:t>0,311</x:t>
+          <x:t>0,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,198</x:t>
-[...220 lines deleted...]
-          <x:t>0,240</x:t>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>