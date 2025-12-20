--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1f8377c7954563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e5f9386f794872" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd41a1015b8534e50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826349931cd34149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dcff69aac9d46ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd41a1015b8534e50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9320bf7597ca478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826349931cd34149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>