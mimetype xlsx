--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e5f9386f794872" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec9554b4250419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R826349931cd34149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc82b1cce482b41e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9320bf7597ca478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R826349931cd34149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb595e3955254f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc82b1cce482b41e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,768</x:t>
-[...26 lines deleted...]
-          <x:t>0,722</x:t>
+          <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,617</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>