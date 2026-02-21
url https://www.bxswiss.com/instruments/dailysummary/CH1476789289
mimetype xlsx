--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec9554b4250419e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fdfcc17aae4432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc82b1cce482b41e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d07d6ce706450a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb595e3955254f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc82b1cce482b41e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7357a0a1f14ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d07d6ce706450a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,439</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,411</x:t>
-[...26 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,371</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,337</x:t>
-[...65 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,293</x:t>
-[...4 lines deleted...]
-          <x:t>0,303</x:t>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>