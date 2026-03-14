--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fdfcc17aae4432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3afa7350e9e74938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d07d6ce706450a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dfe7e677b0b41a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7357a0a1f14ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d07d6ce706450a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9597a954ebe54646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dfe7e677b0b41a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,523</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...48 lines deleted...]
-          <x:t>0,253</x:t>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,303</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,234</x:t>
-[...48 lines deleted...]
-          <x:t>0,210</x:t>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,359</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>0,222</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,186</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,277</x:t>
-[...171 lines deleted...]
-          <x:t>0,184</x:t>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>