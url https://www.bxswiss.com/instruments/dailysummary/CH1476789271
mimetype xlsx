--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb38469c6dc2e4efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4be8630db74c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb24ba3729c74bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ffc1b6205943de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8baf22188e840a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb24ba3729c74bf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e8d914d5ed41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ffc1b6205943de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>1,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...161 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>