--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb4be8630db74c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12c1f732573482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ffc1b6205943de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c6c49f131024a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18e8d914d5ed41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ffc1b6205943de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9cf11822ff4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c6c49f131024a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>