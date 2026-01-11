--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12c1f732573482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97da39032c624bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c6c49f131024a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90417bf1a0244718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9cf11822ff4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c6c49f131024a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2274d42bd64422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90417bf1a0244718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,666</x:t>
-[...85 lines deleted...]
-          <x:t>0,534</x:t>
+          <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>