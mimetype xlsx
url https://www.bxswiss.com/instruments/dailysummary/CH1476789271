--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97da39032c624bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd68aa852a68e4cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90417bf1a0244718"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d941a8701b34e31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2274d42bd64422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90417bf1a0244718" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65504babb76a4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d941a8701b34e31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,323</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,289</x:t>
-[...107 lines deleted...]
-          <x:t>0,253</x:t>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>