--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd68aa852a68e4cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5288611136cb4c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d941a8701b34e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395eef64d4484cf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65504babb76a4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d941a8701b34e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d55d39038d04c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395eef64d4484cf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,216</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,194</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,188</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,172</x:t>
-[...11 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,200</x:t>
-[...107 lines deleted...]
-          <x:t>0,190</x:t>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,148</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>0,142</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>