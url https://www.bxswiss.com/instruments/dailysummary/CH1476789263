--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc047a8265844d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5313fa6f55145a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce916c04a7c4de0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd6259dbf7cd4ccc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3741a4b2a0b421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce916c04a7c4de0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60f5afd401db4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd6259dbf7cd4ccc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...97 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...70 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>