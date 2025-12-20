--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5313fa6f55145a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333128b9c4f64367" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd6259dbf7cd4ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bf8c0e4bae400f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60f5afd401db4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd6259dbf7cd4ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd666dab87a2145e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bf8c0e4bae400f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>