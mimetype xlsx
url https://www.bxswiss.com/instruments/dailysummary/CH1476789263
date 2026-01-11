--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333128b9c4f64367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c8b831b8b947ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bf8c0e4bae400f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7aaa3315384b31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd666dab87a2145e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bf8c0e4bae400f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ec733679394901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7aaa3315384b31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,600</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,576</x:t>
-[...102 lines deleted...]
-          <x:t>0,462</x:t>
+          <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,494</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>