--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c8b831b8b947ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a224b23c8a4e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7aaa3315384b31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa3c44a5dc884d39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ec733679394901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7aaa3315384b31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcadbeb003e1649ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa3c44a5dc884d39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,261</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,238</x:t>
-[...80 lines deleted...]
-          <x:t>0,214</x:t>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>