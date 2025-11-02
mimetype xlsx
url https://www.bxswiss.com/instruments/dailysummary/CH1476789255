--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R552524790a294179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9454a30484944e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908ad76c09584b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371069931b054bc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b79eed41144f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908ad76c09584b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45598662cc934293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371069931b054bc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,945</x:t>
-[...21 lines deleted...]
-          <x:t>0,965</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...6 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>0,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...26 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...63 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>