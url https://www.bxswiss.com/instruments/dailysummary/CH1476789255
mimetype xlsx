--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9454a30484944e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06bff694938a40f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371069931b054bc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R781ad186f90b4e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45598662cc934293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371069931b054bc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e4a89aa2994c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R781ad186f90b4e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>