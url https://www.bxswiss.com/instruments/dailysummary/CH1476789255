--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06bff694938a40f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6106c7db33bb48f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R781ad186f90b4e6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f88e09e9194090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e4a89aa2994c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R781ad186f90b4e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4dd2fd80aa4017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f88e09e9194090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,472</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,454</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>