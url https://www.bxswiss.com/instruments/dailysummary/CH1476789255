--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6106c7db33bb48f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc313decaa941c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f88e09e9194090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd749d9677d9c4dcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4dd2fd80aa4017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f88e09e9194090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9b918c25fb4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd749d9677d9c4dcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,259</x:t>
-[...60 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,230</x:t>
-[...117 lines deleted...]
-          <x:t>0,184</x:t>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>