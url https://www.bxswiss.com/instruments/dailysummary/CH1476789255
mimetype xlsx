--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc313decaa941c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra835458151e04ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd749d9677d9c4dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a79b74ae56745ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9b918c25fb4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd749d9677d9c4dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6b53c3df88498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a79b74ae56745ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,186</x:t>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,156</x:t>
-[...16 lines deleted...]
-          <x:t>0,168</x:t>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,148</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,091</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>