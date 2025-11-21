--- v0 (2025-10-12)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0ff35f3acb4c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra239241d39654659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9a775c72b84de0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54c8c5d83da4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c896bbdbb94a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9a775c72b84de0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c58fa9b275c49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54c8c5d83da4471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...16 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,855</x:t>
-[...33 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>0,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...80 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>