--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra239241d39654659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53aef4f917a64331" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54c8c5d83da4471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde09b0d6d9934426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c58fa9b275c49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54c8c5d83da4471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d521a640a1e40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde09b0d6d9934426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>