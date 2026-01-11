--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53aef4f917a64331" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77fc387b48c4fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde09b0d6d9934426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b15221dc32455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d521a640a1e40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde09b0d6d9934426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55d3a5d08604868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b15221dc32455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,352</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,374</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,374</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,347</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>