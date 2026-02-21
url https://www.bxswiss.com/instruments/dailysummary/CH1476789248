--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77fc387b48c4fba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14eadc61f88c44b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b15221dc32455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59f76dda20844af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55d3a5d08604868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b15221dc32455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a0869f28dd84d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59f76dda20844af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,224</x:t>
-[...75 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,166</x:t>
-[...75 lines deleted...]
-          <x:t>0,182</x:t>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,160</x:t>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>