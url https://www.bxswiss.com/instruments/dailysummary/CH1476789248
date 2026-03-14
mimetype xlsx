--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14eadc61f88c44b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd70694794334ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf59f76dda20844af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a26b6e49510465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a0869f28dd84d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf59f76dda20844af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277220bd1f7c47a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a26b6e49510465b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789248</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,128</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,124</x:t>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,126</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,116</x:t>
-[...38 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,108</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,138</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,128</x:t>
-[...301 lines deleted...]
-          <x:t>0,075</x:t>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>