--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5354555a0664aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R982623d2948d4121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91ccd171690446e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27588594d6e4305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14b4774eb75247ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91ccd171690446e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58db931a07ab4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27588594d6e4305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...33 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...249 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...252 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>