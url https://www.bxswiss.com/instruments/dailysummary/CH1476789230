--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R982623d2948d4121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11bb93f820c944dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27588594d6e4305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22716f15a9b34981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58db931a07ab4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27588594d6e4305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfead865270454941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22716f15a9b34981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>