--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11bb93f820c944dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035abdce7a0b42c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22716f15a9b34981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79f33ff44c1945ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfead865270454941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22716f15a9b34981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adb75ea49cc4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79f33ff44c1945ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>0,310</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,310</x:t>
+          <x:t>0,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,346</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,277</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>