--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035abdce7a0b42c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64f08a01d324ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79f33ff44c1945ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1b91d42bc264ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adb75ea49cc4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79f33ff44c1945ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161ede950da74a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1b91d42bc264ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,226</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,206</x:t>
-[...21 lines deleted...]
-          <x:t>0,216</x:t>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,198</x:t>
-[...38 lines deleted...]
-          <x:t>0,176</x:t>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,172</x:t>
-[...38 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,166</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,158</x:t>
-[...9 lines deleted...]
-          <x:t>0,140</x:t>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>