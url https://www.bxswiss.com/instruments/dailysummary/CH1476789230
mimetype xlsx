--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64f08a01d324ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc9b03c6b554596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1b91d42bc264ff5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08a48d3e92e4578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161ede950da74a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1b91d42bc264ff5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198473afcdcb4a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08a48d3e92e4578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,180</x:t>
-[...448 lines deleted...]
-          <x:t>0,104</x:t>
+          <x:t>0,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,062</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>0,064</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>