--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe731a6a731847d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6716e2c7fe4089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01d8b9482cc04f89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0b738ddbdc14764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R234cbea54c0c49b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01d8b9482cc04f89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6963430ac3148ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0b738ddbdc14764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...151 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...252 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>