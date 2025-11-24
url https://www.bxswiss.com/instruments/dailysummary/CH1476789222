--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6716e2c7fe4089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf485df46ff490c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0b738ddbdc14764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16caf13202c4450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6963430ac3148ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0b738ddbdc14764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68ef3da17404bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16caf13202c4450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...6 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,605</x:t>
-[...4 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,485</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>