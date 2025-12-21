--- v2 (2025-11-24)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf485df46ff490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa4d2b961c0401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16caf13202c4450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fbc060db4e54905"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68ef3da17404bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16caf13202c4450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0af92384624a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fbc060db4e54905" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,638</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>19.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,638</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,540</x:t>
@@ -737,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>