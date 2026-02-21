--- v3 (2025-12-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa4d2b961c0401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86352720b3364afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fbc060db4e54905"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ad0cfaf43f4853"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0af92384624a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fbc060db4e54905" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0678ea6ca2460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ad0cfaf43f4853" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,220</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>