--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7c04cf6479410d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9ebf470bb6349a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd22f1abd62b4567"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fc599a43eb4bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc83ffc7e14b40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd22f1abd62b4567" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9034568e10d34a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fc599a43eb4bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,475</x:t>
-[...11 lines deleted...]
-          <x:t>1,535</x:t>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...48 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...102 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>