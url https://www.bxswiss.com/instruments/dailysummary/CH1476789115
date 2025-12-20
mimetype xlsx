--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9ebf470bb6349a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c83a82a10e2477b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fc599a43eb4bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8730c95a1a8347f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9034568e10d34a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fc599a43eb4bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re209f679b0964c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8730c95a1a8347f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476789115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...468 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>