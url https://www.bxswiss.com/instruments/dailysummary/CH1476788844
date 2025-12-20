--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ede1acacfa84ae8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc213beb6ff74baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba4319f81644f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214251fd78444e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R646b5e4046b34bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba4319f81644f98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f10f4e5b3b4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214251fd78444e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>0,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>