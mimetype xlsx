--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc213beb6ff74baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bdb246b15f74243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214251fd78444e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8e65c132dc47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f10f4e5b3b4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214251fd78444e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc500701124504f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8e65c132dc47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,276</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,272</x:t>
-[...438 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,259</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,204</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,204</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>