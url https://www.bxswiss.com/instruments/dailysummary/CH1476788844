--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bdb246b15f74243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03576a15a8cb4d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a8e65c132dc47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R316980d4c4404f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc500701124504f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a8e65c132dc47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5572349ee44a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R316980d4c4404f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,234</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,214</x:t>
-[...279 lines deleted...]
-          <x:t>0,228</x:t>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>