--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03576a15a8cb4d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03980737de3462b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R316980d4c4404f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6a8c87182b74ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5572349ee44a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R316980d4c4404f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc875f26c64a34234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6a8c87182b74ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,108</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>0,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,077</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,076</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,064</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,076</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,076</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,033</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>