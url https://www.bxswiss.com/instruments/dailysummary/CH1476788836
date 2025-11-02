--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f6fa98a4ca4b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8225d236864da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea981839a3a4a9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcf5c9a56bd4b42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8699b7ed51b44a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea981839a3a4a9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3837ba2821446a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcf5c9a56bd4b42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...16 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...102 lines deleted...]
-          <x:t>0,515</x:t>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...48 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>0,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>