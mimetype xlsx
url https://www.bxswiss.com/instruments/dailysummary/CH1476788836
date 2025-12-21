--- v1 (2025-11-02)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8225d236864da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8572840deea9414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcf5c9a56bd4b42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faee3e69d4c41e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3837ba2821446a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcf5c9a56bd4b42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3f4ceb91e64ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faee3e69d4c41e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>0,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>