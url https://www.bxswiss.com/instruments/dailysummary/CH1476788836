--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8572840deea9414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a6da99b8c14d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faee3e69d4c41e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R455ff21fa7f043c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3f4ceb91e64ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faee3e69d4c41e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb8e5015d3544f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R455ff21fa7f043c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,560</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,454</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>0,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,356</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>