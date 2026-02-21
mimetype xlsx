--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a6da99b8c14d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73472be8cd4b46e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R455ff21fa7f043c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de409d57f514a43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb8e5015d3544f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R455ff21fa7f043c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98de3e543a57484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de409d57f514a43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,299</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,220</x:t>
-[...33 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,271</x:t>
-[...252 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>