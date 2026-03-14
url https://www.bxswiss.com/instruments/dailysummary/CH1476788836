--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73472be8cd4b46e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e55b08e9dff4e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de409d57f514a43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56bb08300a9c4c60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98de3e543a57484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de409d57f514a43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd5372ca7804c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56bb08300a9c4c60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,114</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,182</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,174</x:t>
-[...92 lines deleted...]
-          <x:t>0,067</x:t>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,059</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,044</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>