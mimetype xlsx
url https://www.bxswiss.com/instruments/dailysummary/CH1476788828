--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1564fd5cee664ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e10d70da7ea40ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R951789da78804edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R257fb483597b4a75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc29692c26764cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R951789da78804edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b7898c694649d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R257fb483597b4a75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...404 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>