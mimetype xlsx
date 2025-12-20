--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e10d70da7ea40ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra763e756c26541e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R257fb483597b4a75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27e31cda92f4217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b7898c694649d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R257fb483597b4a75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01ce1298f854397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27e31cda92f4217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>0,486</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>