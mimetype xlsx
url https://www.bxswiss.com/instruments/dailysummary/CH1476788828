--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra763e756c26541e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2599937f9444d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27e31cda92f4217"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71fc70b4e1e49a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re01ce1298f854397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27e31cda92f4217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae84bcf2e61d4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71fc70b4e1e49a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...425 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>