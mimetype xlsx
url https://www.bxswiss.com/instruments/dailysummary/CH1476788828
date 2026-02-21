--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2599937f9444d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a396cb0a3ee4c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71fc70b4e1e49a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R295994f1139449ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae84bcf2e61d4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71fc70b4e1e49a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66cb1b7181914f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R295994f1139449ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,283</x:t>
-[...6 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...53 lines deleted...]
-          <x:t>0,383</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,369</x:t>
-[...215 lines deleted...]
-          <x:t>0,401</x:t>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>