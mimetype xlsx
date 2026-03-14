--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a396cb0a3ee4c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65e60ae380d4cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R295994f1139449ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60f2367b6ceb476e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66cb1b7181914f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R295994f1139449ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac2722b276ca43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60f2367b6ceb476e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,214</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,206</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,132</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,070</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>