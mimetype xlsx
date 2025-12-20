--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc842607c85bf4f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf58e08f4d743e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a4b0b1958b453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa7783c0269e474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde364af9cc434043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a4b0b1958b453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cdcfe77f1344708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa7783c0269e474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>0,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>