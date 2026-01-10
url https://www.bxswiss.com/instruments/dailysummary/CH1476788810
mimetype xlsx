--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf58e08f4d743e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf7b64219c94f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa7783c0269e474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a4e819f7524cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cdcfe77f1344708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa7783c0269e474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re496a874adb3438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a4e819f7524cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,784</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,717</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>