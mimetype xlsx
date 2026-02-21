--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebf7b64219c94f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78e5513e9dd41eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a4e819f7524cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145217935e714d4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re496a874adb3438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a4e819f7524cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77be0b6895794f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145217935e714d4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,481</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,379</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,473</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,523</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>