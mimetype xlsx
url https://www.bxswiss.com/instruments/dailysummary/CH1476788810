--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78e5513e9dd41eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72061887fdce4edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145217935e714d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d995239153c402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77be0b6895794f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145217935e714d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886e3da1d8704ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d995239153c402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,210</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,367</x:t>
-[...70 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,236</x:t>
-[...43 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,261</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>