--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb058e6335838499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a91ec60204643b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c687519f74c485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6026f78e21a34091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4277838fadca4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c687519f74c485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c34c3b5dfc34ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6026f78e21a34091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>