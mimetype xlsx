--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a91ec60204643b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7db127806f447c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6026f78e21a34091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a9d18362404f3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c34c3b5dfc34ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6026f78e21a34091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392aed6332d449cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a9d18362404f3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...371 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,738</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>