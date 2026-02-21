--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7db127806f447c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b43364b6b24af7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a9d18362404f3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d97bd3d25c04757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392aed6332d449cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a9d18362404f3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccab639d279d4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d97bd3d25c04757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,557</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,543</x:t>
-[...60 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,629</x:t>
-[...102 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,551</x:t>
-[...85 lines deleted...]
-          <x:t>0,669</x:t>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>