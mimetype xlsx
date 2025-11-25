--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf80f2164512410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b52091f490345ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra873ae0fcbfa4836"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f21ac9bff9a4f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3fdfb46d48141c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra873ae0fcbfa4836" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da2a1ec2692451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f21ac9bff9a4f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>0,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...193 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>