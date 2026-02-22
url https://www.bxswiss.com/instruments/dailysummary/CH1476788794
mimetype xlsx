--- v1 (2025-11-25)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b52091f490345ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3df91cbc1664f59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f21ac9bff9a4f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36294d1fe924162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da2a1ec2692451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f21ac9bff9a4f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033163cb4ccf431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36294d1fe924162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,826</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>