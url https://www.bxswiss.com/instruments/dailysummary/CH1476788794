--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3df91cbc1664f59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d08690656db466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36294d1fe924162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db047838c4e4267"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033163cb4ccf431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36294d1fe924162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa2a04ad83574261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db047838c4e4267" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,517</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,813</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,531</x:t>
-[...151 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,261</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>0,248</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,208</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>