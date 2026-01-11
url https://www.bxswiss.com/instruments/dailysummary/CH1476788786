--- v0 (2025-10-12)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd82bec5a914a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f95a90feb74f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6260e43dfeca464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6331ca04844e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0eb674af3741ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6260e43dfeca464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482478d8a8594305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6331ca04844e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...156 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...97 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>1,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>