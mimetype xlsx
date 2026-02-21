--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f95a90feb74f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46eb4e13754743f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6331ca04844e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87e5290d6ed4080"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482478d8a8594305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6331ca04844e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra28e7b2a2f4a469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87e5290d6ed4080" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,027</x:t>
-[...92 lines deleted...]
-          <x:t>0,677</x:t>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...53 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,943</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,041</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>