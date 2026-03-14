--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46eb4e13754743f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e62009748442fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb87e5290d6ed4080"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd194d3ac4a454345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra28e7b2a2f4a469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb87e5290d6ed4080" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R118803df84774c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd194d3ac4a454345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,819</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,789</x:t>
-[...141 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,711</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>