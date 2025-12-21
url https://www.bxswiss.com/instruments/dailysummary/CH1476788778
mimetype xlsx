--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51e4a8f2edc42ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5aee42834394c97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de7fe24ce8a48cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f50a74c67a14f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfadc9d3a746e4cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de7fe24ce8a48cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R851c6ae4048f4ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f50a74c67a14f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>1,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>