--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5aee42834394c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99602978ba974ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f50a74c67a14f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24aa22be64164315"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R851c6ae4048f4ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f50a74c67a14f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2a5b3a49e24f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24aa22be64164315" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>