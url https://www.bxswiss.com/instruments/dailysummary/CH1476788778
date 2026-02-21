--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99602978ba974ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c4619304bde4ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24aa22be64164315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126c2a0b988d4354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2a5b3a49e24f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24aa22be64164315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35a02c9375d4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126c2a0b988d4354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,841</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,049</x:t>
-[...252 lines deleted...]
-          <x:t>1,263</x:t>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>