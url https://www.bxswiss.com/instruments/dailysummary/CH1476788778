--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c4619304bde4ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree1de049a4b94710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126c2a0b988d4354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5102c2a94e497f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35a02c9375d4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126c2a0b988d4354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b0a6ca5867b48db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5102c2a94e497f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,739</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,661</x:t>
-[...242 lines deleted...]
-          <x:t>0,891</x:t>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,897</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,759</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,739</x:t>
-[...102 lines deleted...]
-          <x:t>0,577</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,491</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>