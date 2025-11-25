--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3496dc1ff1924ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eea3e0834ab4015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144863744aa14e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3bbd7173284f00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65ddfee2ff0543e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144863744aa14e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75095699a9334dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3bbd7173284f00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>17.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...522 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>