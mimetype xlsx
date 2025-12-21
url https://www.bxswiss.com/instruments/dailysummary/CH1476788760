--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eea3e0834ab4015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed5108b13854fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3bbd7173284f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded37173a5e74f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75095699a9334dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3bbd7173284f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f95089c2c504fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded37173a5e74f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,915</x:t>
-[...205 lines deleted...]
-          <x:t>1,703</x:t>
+          <x:t>1,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,318</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>