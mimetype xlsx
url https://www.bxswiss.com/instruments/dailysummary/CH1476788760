--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed5108b13854fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a66454aadc74b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded37173a5e74f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a32bb1f97443e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f95089c2c504fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded37173a5e74f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d195144f43485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a32bb1f97443e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1,686</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,563</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>