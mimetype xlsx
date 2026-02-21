--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a66454aadc74b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7215d7234d54f51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a32bb1f97443e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a28e2cbe7a041bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d195144f43485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a32bb1f97443e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec130065ebe4480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a28e2cbe7a041bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,539</x:t>
-[...232 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>1,513</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>