--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7215d7234d54f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1576a1a3a0294cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a28e2cbe7a041bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdce1dfe21e5d4aa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec130065ebe4480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a28e2cbe7a041bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73a0e22c63404d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdce1dfe21e5d4aa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,259</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,221</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>1,173</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,697</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,971</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,949</x:t>
-[...269 lines deleted...]
-          <x:t>0,687</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>