--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R652d75a044aa4667" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc20da871aa9b4e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d70483436604784"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d8bac74a988445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06fa4853260848b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d70483436604784" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf424c0998a5e4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d8bac74a988445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,555</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,885</x:t>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...307 lines deleted...]
-        <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>1,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>