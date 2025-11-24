--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc20da871aa9b4e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a2705ed208644c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d8bac74a988445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033ed362073e4145"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf424c0998a5e4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d8bac74a988445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee6797a0fed4988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033ed362073e4145" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,795</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>08.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
-[...237 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>1,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>2,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>