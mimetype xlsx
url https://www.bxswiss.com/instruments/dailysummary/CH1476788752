--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a2705ed208644c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd75c6d59c844246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033ed362073e4145"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e3e6d93cd74053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee6797a0fed4988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033ed362073e4145" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc572c9dd984424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e3e6d93cd74053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>2,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,945</x:t>
-[...141 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,459</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>1,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>