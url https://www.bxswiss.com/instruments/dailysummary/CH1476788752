--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd75c6d59c844246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a9e42ab89d4c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e3e6d93cd74053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa99bfe8d6545b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dc572c9dd984424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e3e6d93cd74053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c1b246ea1de4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa99bfe8d6545b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,459</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...504 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,783</x:t>
-[...4 lines deleted...]
-          <x:t>1,507</x:t>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>1,459</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>