--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a9e42ab89d4c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2bd534d9804733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa99bfe8d6545b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb10f5eeda16744d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c1b246ea1de4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa99bfe8d6545b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R053df64a082644cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb10f5eeda16744d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on S&amp;P 500®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476788752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1,357</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,781</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>